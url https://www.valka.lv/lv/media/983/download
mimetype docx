--- v0 (2025-10-08)
+++ v1 (2025-11-08)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="60D05359" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8785"/>
         </w:tabs>
         <w:spacing w:before="65" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="448" w:firstLine="1869"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>pielikums</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-47"/>
@@ -77,51 +77,51 @@
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>noteikumiem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Nr.17</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="331A7239" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:spacing w:line="206" w:lineRule="exact"/>
         <w:ind w:right="446"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>“Noteikumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:w w:val="95"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -199,76 +199,76 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Valkas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:w w:val="95"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>novadā”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+    <w:p w14:paraId="189CB5F9" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+    <w:p w14:paraId="4EFDCCF3" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="79AC68A8" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="1"/>
         <w:ind w:right="228"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>PIETEIKUMS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="6637E1D3" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="19"/>
         <w:ind w:right="233"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>koku</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>ciršanai</w:t>
       </w:r>
@@ -290,51 +290,51 @@
           <w:spacing w:val="-9"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>meža</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>zemes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="08DF51F8" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="20"/>
         <w:ind w:right="235"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>Valkas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="3"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>novada</w:t>
       </w:r>
@@ -356,95 +356,95 @@
           <w:spacing w:val="7"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>administratīvajā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>teritorijā</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+    <w:p w14:paraId="7A58434C" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="271AC142" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="222"/>
       </w:pPr>
       <w:r>
         <w:t>Īpašnieks</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>vai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tiesiskais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>valdītājs:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="4874C430" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="115"/>
         <w:ind w:left="222"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Vārds,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="3"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>uzvārds</w:t>
       </w:r>
       <w:r>
@@ -465,67 +465,67 @@
           <w:spacing w:val="5"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>personas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>nosaukums</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="42973CA7" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13F01C6C" wp14:editId="7D7F0544">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1080770</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>213995</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3176270" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="6" name="Freeform 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3176270" cy="1270"/>
                         </a:xfrm>
@@ -582,107 +582,107 @@
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="36DB1716" id="Freeform 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.1pt;margin-top:16.85pt;width:250.1pt;height:.1pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5002,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDGg3qAQMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW1v0zAQ/o7Ef7D8EdTlZWmzVksn1LQI&#10;acCklR/gJk4TkdjGdpsOxH/nfEm6tgMJIfLBPfvOd88957ve3h2amuy5NpUUCQ2ufEq4yGReiW1C&#10;v6xXoxtKjGUiZ7UUPKFP3NC7+etXt62a8VCWss65JuBEmFmrElpaq2aeZ7KSN8xcScUFKAupG2Zh&#10;q7derlkL3pvaC31/4rVS50rLjBsDp2mnpHP0XxQ8s5+LwnBL6oQCNourxnXjVm9+y2ZbzVRZZT0M&#10;9g8oGlYJCHp0lTLLyE5XL1w1VaalkYW9ymTjyaKoMo45QDaBf5HNY8kUx1yAHKOONJn/5zb7tH/Q&#10;pMoTOqFEsAZKtNKcO8LJ2LHTKjMDo0f1oF1+Rt3L7KsBhXemcRsDNmTTfpQ5eGE7K5GRQ6EbdxNy&#10;JQck/ulIPD9YksHhdRBPwhjqk4EucJILwGbD3Wxn7Hsu0Q/b3xvblS0HCUnPe+hrcFE0NVTw7Yj4&#10;JIj9EJe+zEezYDB745G1T1oy9v3w0igcjNDXJPaj3/q6Hsycr/DEF+DfDghZOYDODqJHDRJhrk18&#10;5ElJ4/hZA7aBIPAARi7DP9hC7Evb7k4fQsP7v3z5mhJ4+ZsuW8WsQ+ZCOJG0CUUq3EEj93wtUWUv&#10;KgdBnrW1OLXC66eoOjXccAGwqsegDutJZYVcVXWNpa2FgxJPJ1Pkxsi6yp3SoTF6u1nUmuyZ62n8&#10;+udyZqa0sSkzZWeHqi5nLXcixyglZ/myly2r6k4GVDWSDq+z58a9U+zmH1N/urxZ3kSjKJwsR5Gf&#10;pqN3q0U0mqyCeJxep4tFGvx0mINoVlZ5zoWDPUyWIPq7zu1nXDcTjrPlLL0zFlb4vWTBO4eB7EMu&#10;wy9mh33sWrfr9Y3Mn6CNtexGJYx2EEqpv1PSwphMqPm2Y5pTUn8QMIemQRS5uYqbaByHsNGnms2p&#10;hokMXCXUUnj5TlzYbhbvlK62JUQKsN5CvoPxUVSuzxFfh6rfwCjEDPqx7Wbt6R6tnv9c5r8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA0czZo3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsqN0WNTTEqSoqNiyoKHyAG08ebTyOYjcJfD3TFSzvzNGdM9lmcq0YsA+NJw3zmQKBVHjb&#10;UKXh6/P14QlEiIasaT2hhm8MsMlvbzKTWj/SBw6HWAkuoZAaDXWMXSplKGp0Jsx8h8S70vfORI59&#10;JW1vRi53rVwotZLONMQXatPhS43F+XBxGk42nstu3P28nfbD/r3cru18Z7W+v5u2zyAiTvEPhqs+&#10;q0POTkd/IRtEyzlRC0Y1LJcJCAZWiXoEcbwO1iDzTP7/IP8FAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAgxoN6gEDAACkBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEANHM2aN4AAAAJAQAADwAAAAAAAAAAAAAAAABbBQAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAGYGAAAAAA==&#10;" path="m,l5002,e" filled="f" strokeweight=".22136mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;3176270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="3EFEBCFE" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="88"/>
         <w:ind w:left="222"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Personas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>kods/Reģistrācijas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="4DA52C72" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CF9FE16" wp14:editId="6D95598C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1080770</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>213995</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4093845" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="5" name="Freeform 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4093845" cy="1270"/>
                         </a:xfrm>
@@ -739,51 +739,51 @@
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="0AFD41D8" id="Freeform 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.1pt;margin-top:16.85pt;width:322.35pt;height:.1pt;z-index:-15726080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="6447,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnukiRBAMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVduO0zAQfUfiHyw/grq5rLeXaNMValqE&#10;tMBKWz7AjZ0mIrGN7TZdEP/O2Em6bRckhMhDamfGZ86c8Uxv7w5NjfZcm0qKFEdXIUZc5JJVYpvi&#10;L+vVaIqRsVQwWkvBU/zEDb6bv35126qEx7KUNeMaAYgwSatSXFqrkiAweckbaq6k4gKMhdQNtbDV&#10;24Bp2gJ6UwdxGI6DVmqmtMy5MfA164x47vGLguf2c1EYblGdYuBm/Vv798a9g/ktTbaaqrLKexr0&#10;H1g0tBIQ9AiVUUvRTlcvoJoq19LIwl7lsglkUVQ59zlANlF4kc1jSRX3uYA4Rh1lMv8PNv+0f9Co&#10;Yim+wUjQBkq00pw7wRFx6rTKJOD0qB60y8+oe5l/NWAIzixuY8AHbdqPkgEK3VnpFTkUunEnIVd0&#10;8MI/HYXnB4ty+EjC2fWUAIMcbFE88XUJaDKczXfGvufS49D9vbFd2RisvOisp76GEhdNDRV8O0Ih&#10;iiZh7F99mY9u0eD2JkDrELVoTMjk0ikenDzWNCLT32JdD24OKz7BAv7bgSEtB9L5QfSsYYWoa5PQ&#10;66SkcfqsgdsgECCAk8vwD74Q+9K3O9OH0HD/L2++xghu/qbLVlHrmLkQbonaFHsp3IdG7vlaepO9&#10;qBwEebbW4tQLjo/PWHVmOOECwLXpFj6o43pSWSFXVV370tbCUZnMxjOvjZF1xZzRsTF6u1nUGu2p&#10;62n/uGQA7MxNaWMzasrOz5u6nLXcCeajlJyyZb+2tKq7NQDVXnS4nb027p76bv4xC2fL6XJKRiQe&#10;L0ckzLLRu9WCjMaraHKTXWeLRRb9dJwjkpQVY1w42sNkicjfdW4/47qZcJwtZ+mdqbDyz0sVgnMa&#10;XiTIZfjtijC0btfrG8meoI217EYljHZYlFJ/x6iFMZli821HNceo/iBgDs0iQtxc9RtyM4lho08t&#10;m1MLFTlApdhiuPluubDdLN4pXW1LiBT5egv5DsZHUbk+93OmY9VvYBT6DPqx7Wbt6d57Pf+5zH8B&#10;AAD//wMAUEsDBBQABgAIAAAAIQARdp/I3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;DIbvSLxDZCRuLFmHWFeaTtMQJ7jQ7QGyxjQVjVOabCt7erwTHH/70+/P5XryvTjhGLtAGuYzBQKp&#10;CbajVsN+9/qQg4jJkDV9INTwgxHW1e1NaQobzvSBpzq1gksoFkaDS2kopIyNQ2/iLAxIvPsMozeJ&#10;49hKO5ozl/teZko9SW864gvODLh12HzVR6+he99nkihtvodLri67l+1b62qt7++mzTOIhFP6g+Gq&#10;z+pQsdMhHMlG0XNeqoxRDYvFEgQD+fxxBeJwHaxAVqX8/0H1CwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGe6SJEEAwAApAYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABF2n8jcAAAACQEAAA8AAAAAAAAAAAAAAAAAXgUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABnBgAAAAA=&#10;" path="m,l6446,e" filled="f" strokeweight=".22136mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;4093210,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="54A6F8E4" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9543"/>
         </w:tabs>
         <w:spacing w:before="86"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
@@ -856,106 +856,127 @@
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t>Adre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:w w:val="99"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="24A716C0" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2871"/>
         </w:tabs>
         <w:spacing w:before="116"/>
         <w:ind w:left="222"/>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Telefons </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="99"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="70F6B7EF" w14:textId="7AE867F9" w:rsidR="00980BCA" w:rsidRPr="00980BCA" w:rsidRDefault="00980BCA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2871"/>
+        </w:tabs>
+        <w:spacing w:before="116"/>
+        <w:ind w:left="222"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980BCA">
+        <w:t>E-pasts</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39208803" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="116"/>
         <w:ind w:left="222"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>Īpašuma,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>kurā</w:t>
       </w:r>
       <w:r>
@@ -989,67 +1010,67 @@
           <w:spacing w:val="17"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>ciršana,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>adrese:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="300EA0C6" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15993B9C" wp14:editId="32908AF1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1080770</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>213995</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5861685" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="4" name="AutoShape 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5861685" cy="1270"/>
                         </a:xfrm>
@@ -1122,140 +1143,138 @@
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="1B295297" id="AutoShape 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.1pt;margin-top:16.85pt;width:461.55pt;height:.1pt;z-index:-15725568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9231,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAo6fOsRwMAAOgHAAAOAAAAZHJzL2Uyb0RvYy54bWysVW1v2jAQ/j5p/8Hyx000L4RAUENVkTJN&#10;6rZKZT/AJA6JltiZbQjdtP++s51AoK1UTeNDsHNPHt8957u7vjnUFdpTIUvOYuxduRhRlvKsZNsY&#10;f1+vRjOMpCIsIxVnNMZPVOKbxft3120zpz4veJVRgYCEyXnbxLhQqpk7jkwLWhN5xRvKwJhzURMF&#10;W7F1MkFaYK8rx3fd0Gm5yBrBUyolvE2sES8Mf57TVH3Lc0kVqmIMvinzFOa50U9ncU3mW0Gaokw7&#10;N8g/eFGTksGhR6qEKIJ2onxGVZep4JLn6irltcPzvEypiQGi8dyLaB4L0lATC4gjm6NM8v/Rpl/3&#10;DwKVWYwDjBipIUW3O8XNyWis5WkbOQfUY/MgdICyuefpDwkG58yiNxIwaNN+4RnQEKAxkhxyUesv&#10;IVh0MMo/HZWnB4VSeDmZhV44m2CUgs3zpyYxDpn336Y7qT5RbnjI/l4qm7cMVkb1rPN9DTnO6wpS&#10;+HGEXORNXd88ujwfYV4P++CgtYtaFPlj7xLk9yDDFU7d4EWucQ/TXP4rXKDuwC/gil7kAgUsTHMF&#10;r3CFPcjG6Ebjl4Oc9jhNFg7IQNhtLx0pejXTA+vkhBUiuoBdk8CGS524NYjWZw4YAKSlfwULorwZ&#10;C0G/GQsxXWKtL53rAir+stYFRlDrG5vehigdsXZdL1EbY5N7/aLme7rmxqQurioccrJWbIiauC7c&#10;lIFXvfn0QWPoAHju/gnQf2KB4BDc42eM4IN2GSrPLkwYOvpBcTC+KqvKVEfFdHDTKIxMFiWvykwb&#10;dXxSbDfLSqA90X3R/LQ8QHYGa4RUCZGFxRmTVVHwHcvMKQUl2V23VqSs7BqIKnM9oMA7tXWpm474&#10;O3Kju9ndLBgFfng3CtwkGd2ulsEoXHnTSTJOlsvE+6N99oJ5UWYZZdrtvjt7wdu6XzcnbF899uez&#10;8M5UWJnfcxWcczeMSBBL/2+T0Hc/2y43PHuCTii4HTcwHmFRcPELoxZGTYzlzx0RFKPqM4NeHnlB&#10;oGeT2QSTqQ8bMbRshhbCUqCKscJQo3q5VHae7RpRbgs4yTP5Zlw38rzUrdK0autVt4FxYiLoRp+e&#10;V8O9QZ0G9OIvAAAA//8DAFBLAwQUAAYACAAAACEAQ05tiNwAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdtQmFoSmcaoIiVUkEC0HcGM3jhqPI9tp0tvjrGD5Z57+vCn3ix3I&#10;VfvQOxTwvGFANLZO9dgJ+Dl+PL0BCVGikoNDLeCmA+yr+7tSFsrN+K2vh9iRVIKhkAJMjGNBaWiN&#10;tjJs3Kgx7c7OWxlT9B1VXs6p3A40Y+yVWtljumDkqN+Nbi+HyQrI7S00dca/zGfenH09q5epUUI8&#10;Piz1DkjUS/yDYdVP6lAlp5ObUAUypJyzLKECOM+BrADbcg7ktE62QKuS/n+h+gUAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAo6fOsRwMAAOgHAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBDTm2I3AAAAAoBAAAPAAAAAAAAAAAAAAAAAKEFAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAqgYAAAAA&#10;" path="m,l5002,t5,l9230,e" filled="f" strokeweight=".22136mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;3176270,0;3179445,0;5861050,0" o:connectangles="0,0,0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="3C3AA2EC" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="86"/>
         <w:ind w:left="222"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Pilnvarota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>persona</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(pievienojot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>pilnvarojuma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>kopiju):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="30890D27" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6186"/>
           <w:tab w:val="left" w:pos="9543"/>
         </w:tabs>
         <w:spacing w:before="116" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="222" w:right="407"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>Vārds,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="36"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>uzvārds</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:w w:val="99"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:w w:val="99"/>
         </w:rPr>
@@ -1415,92 +1434,92 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:w w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Koku</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ciršanas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="14CA6DB5" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8304"/>
         </w:tabs>
         <w:spacing w:line="229" w:lineRule="exact"/>
         <w:ind w:left="222"/>
       </w:pPr>
       <w:r>
         <w:t>pamatojums:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="34DF78BE" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591424" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591424" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E2F0D06" wp14:editId="1E139857">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1080770</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>213360</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5857240" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="2" name="Freeform 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5857240" cy="1270"/>
                         </a:xfrm>
@@ -1557,98 +1576,98 @@
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="4F4CFB87" id="Freeform 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.1pt;margin-top:16.8pt;width:461.2pt;height:.1pt;z-index:-15725056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9224,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRF+j2AQMAAKUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVduO0zAQfUfiHyw/grq5kO1Nm65WTYuQ&#10;Flhpywe4jtNEOLax3aYL4t8ZO0k37YKEEHlI7cz4zJkznunN7bHm6MC0qaRIcXQVYsQElXkldin+&#10;slmPphgZS0ROuBQsxU/M4NvF61c3jZqzWJaS50wjABFm3qgUl9aqeRAYWrKamCupmABjIXVNLGz1&#10;Lsg1aQC95kEchuOgkTpXWlJmDHzNWiNeePyiYNR+LgrDLOIpBm7Wv7V/b907WNyQ+U4TVVa0o0H+&#10;gUVNKgFBT1AZsQTtdfUCqq6olkYW9orKOpBFUVHmc4BsovAim8eSKOZzAXGMOslk/h8s/XR40KjK&#10;UxxjJEgNJVprxpzgKHbqNMrMwelRPWiXn1H3kn41YAjOLG5jwAdtm48yBxSyt9Ircix07U5Crujo&#10;hX86Cc+OFlH4eD29nsQJ1IeCLYonvi4Bmfdn6d7Y90x6HHK4N7YtWw4rL3reUd8ARFFzqODbEQpR&#10;NAlj/+rKfHKLerc3AdqEqEGzOE4unUCQIVY4i8e/BXvX+zmweAAGCex6iqTsWdOj6GjDChHXJ6EX&#10;SknjBNoAuV4hQAAnl+IffCH2pW97pguhoQEur77GCK7+tk1XEeuYuRBuiZoUey3ch1oe2EZ6k70o&#10;HQR5tnIx9PLHh6xaM5xwAeDetAsf1HEdlFbIdcW5ry0XjspkNp55bYzkVe6Mjo3Ru+2Sa3Qgrqn9&#10;45IBsDM3pY3NiClbP29qc9ZyL3IfpWQkX3VrSyrergGIe9HhenbauIvq2/nHLJytpqtpMkri8WqU&#10;hFk2ulsvk9F4HU2us3fZcplFPx3nKJmXVZ4z4Wj3oyVK/q51uyHXDoXTcDlL70yFtX9eqhCc0/Ai&#10;QS79b1uEvnfbZt/K/An6WMt2VsJsh0Up9XeMGpiTKTbf9kQzjPgHAYNoFiWuca3fJNDGsNFDy3Zo&#10;IYICVIothpvvlkvbDuO90tWuhEiRr7eQdzA/iso1uh80LatuA7PQZ9DNbTdsh3vv9fzvsvgFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDTh28b3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqE0qQpvGqRCoSIheKHzANl6SiHgdbKcNf49zgtvO7mj2TbmdbC9O5EPnWMPtQoEgrp3p&#10;uNHw8b67WYEIEdlg75g0/FCAbXV5UWJh3Jnf6HSIjUghHArU0MY4FFKGuiWLYeEG4nT7dN5iTNI3&#10;0ng8p3Dby0ypXFrsOH1ocaDHluqvw2g1uBq7jHfP7sXH8Yle7yj/3pPW11fTwwZEpCn+mWHGT+hQ&#10;JaajG9kE0Sd9r7Jk1bBc5iBmg1pnaTrOmxXIqpT/K1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJEX6PYBAwAApQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhANOHbxvcAAAACgEAAA8AAAAAAAAAAAAAAAAAWwUAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABkBgAAAAA=&#10;" path="m,l9224,e" filled="f" strokeweight=".22136mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5857240,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+    <w:p w14:paraId="7C27EF81" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+    <w:p w14:paraId="231C29F1" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="232" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3229"/>
         <w:gridCol w:w="2041"/>
         <w:gridCol w:w="1681"/>
         <w:gridCol w:w="2391"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A401A">
+      <w:tr w:rsidR="001A401A" w14:paraId="5BFC85C4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1111"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+          <w:p w14:paraId="0A81C29E" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="179" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="784" w:right="823" w:firstLine="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Zemes gabala</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
@@ -1690,98 +1709,98 @@
               <w:t>un</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+          <w:p w14:paraId="2F13E67D" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+          <w:p w14:paraId="297E2101" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="173"/>
               <w:ind w:left="484"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Koku</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>suga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+          <w:p w14:paraId="66C4E3CD" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="179" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="272" w:right="309" w:firstLine="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Izcērtamo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
@@ -1806,51 +1825,51 @@
               <w:t>skaits</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-53"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>gab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+          <w:p w14:paraId="2A641168" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="54" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="111" w:right="149" w:firstLine="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Izcērtamo koku</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
@@ -1948,202 +1967,202 @@
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>būtiskas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>pazīmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A401A">
+      <w:tr w:rsidR="001A401A" w14:paraId="1C333DE4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+          <w:p w14:paraId="01A498E2" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+          <w:p w14:paraId="2289C010" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+          <w:p w14:paraId="1999F4DE" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+          <w:p w14:paraId="42539977" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A401A">
+      <w:tr w:rsidR="001A401A" w14:paraId="11B05756" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+          <w:p w14:paraId="74DA12EA" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+          <w:p w14:paraId="6D1498F6" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+          <w:p w14:paraId="4A3CFC3E" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+          <w:p w14:paraId="20A5BF80" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+    <w:p w14:paraId="35133CCF" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="3E109E60" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="92"/>
         <w:ind w:left="222"/>
       </w:pPr>
       <w:r>
         <w:t>Pievienoti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>dokumenti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="1E98A62A" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="453"/>
         </w:tabs>
         <w:spacing w:before="182"/>
         <w:ind w:left="452"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Zemes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2154,51 +2173,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>grāmatas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:w w:val="95"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>kopija</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="612B5234" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="398"/>
         </w:tabs>
         <w:spacing w:before="177"/>
         <w:ind w:left="397" w:hanging="176"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Zemes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2314,51 +2333,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>atrašanās</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="5"/>
           <w:w w:val="90"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>vietu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="55FD7087" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="398"/>
         </w:tabs>
         <w:spacing w:before="180"/>
         <w:ind w:left="397" w:hanging="176"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Pilnvarotai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
@@ -2377,51 +2396,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pilnvaras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>kopija</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="76D2CA80" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="398"/>
           <w:tab w:val="left" w:pos="886"/>
           <w:tab w:val="left" w:pos="1943"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="5468"/>
         </w:tabs>
         <w:spacing w:before="180" w:line="415" w:lineRule="auto"/>
         <w:ind w:right="4516" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>cits</w:t>
@@ -2467,224 +2486,220 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.gada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A">
+    <w:p w14:paraId="0FAF7A14" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398">
+    <w:p w14:paraId="59EB0231" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4098"/>
           <w:tab w:val="left" w:pos="5262"/>
           <w:tab w:val="left" w:pos="9439"/>
         </w:tabs>
         <w:spacing w:before="92"/>
         <w:ind w:left="222"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Iesniedzējs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:w w:val="95"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="00CA6398" w:rsidP="005C3654">
+    <w:p w14:paraId="27C00318" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="00CA6398" w:rsidP="005C3654">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6703"/>
         </w:tabs>
         <w:spacing w:before="17"/>
         <w:ind w:left="1707"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="001A401A">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="880" w:right="440" w:bottom="280" w:left="1480" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>(paraksts)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>(vārds,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:w w:val="90"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005C3654">
         <w:rPr>
           <w:w w:val="90"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>uzvārd</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001A401A" w:rsidRDefault="001A401A" w:rsidP="005C3654">
+    <w:p w14:paraId="0C437BC6" w14:textId="77777777" w:rsidR="001A401A" w:rsidRDefault="001A401A" w:rsidP="005C3654">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="81"/>
         <w:ind w:right="2394"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001A401A">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="860" w:right="440" w:bottom="280" w:left="1480" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47025B87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07940D74"/>
     <w:lvl w:ilvl="0" w:tplc="721E7382">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="222" w:hanging="231"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:w w:val="59"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B96AB1E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1196" w:hanging="231"/>
@@ -3001,131 +3016,135 @@
     <w:lvl w:ilvl="7" w:tplc="11903612">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8196" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B39620A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8793" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="784619235">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="295575759">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1516727392">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A401A"/>
     <w:rsid w:val="001A401A"/>
+    <w:rsid w:val="003D3ABC"/>
     <w:rsid w:val="005C3654"/>
+    <w:rsid w:val="00980BCA"/>
     <w:rsid w:val="00CA6398"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="74F71738"/>
   <w15:docId w15:val="{1946FA79-BA6C-4602-8374-47B6D67629BD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3453,50 +3472,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="23"/>
       <w:ind w:right="233"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
@@ -3572,51 +3596,51 @@
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="222"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3867,75 +3891,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>596</Words>
-  <Characters>340</Characters>
+  <Words>156</Words>
+  <Characters>892</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>935</CharactersWithSpaces>
+  <CharactersWithSpaces>1046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Liga_C</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-09-09T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2013</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">