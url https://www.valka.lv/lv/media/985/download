--- v0 (2025-10-08)
+++ v1 (2025-11-08)
@@ -1,571 +1,1175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="62585631" w14:textId="4F2B7C5C" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="62585631" w14:textId="4318B140" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="0017604D" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valkas novada </w:t>
+      </w:r>
+      <w:r w:rsidR="007D73D5" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pašvaldībai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2A1AC4" w14:textId="1142DF07" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00687423" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00687423" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465197DC" w14:textId="7A36A0BF" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         (</w:t>
+      </w:r>
+      <w:r w:rsidR="00687423" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniedzēja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>vārds, uzvārds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="433BB7C7" w14:textId="2E6A8621" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="0005675E" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="71EF80B9" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:tab/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
       </w:r>
       <w:r>
-        <w:tab/>
-[...62 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65061380" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4870"/>
+        </w:tabs>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>iesniedzēja ,vārds, uzvārds</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>personas kods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433BB7C7" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
-[...20 lines deleted...]
-    <w:p w14:paraId="65061380" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+    <w:p w14:paraId="3526F6E8" w14:textId="790E9A28" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4870"/>
         </w:tabs>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:tab/>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DB0137" w14:textId="1783FB4A" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00687423" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>personas kods</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>deklarētās dzīvesvietas adrese</w:t>
+      </w:r>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3526F6E8" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
-[...9 lines deleted...]
-    <w:p w14:paraId="32DB0137" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+    <w:p w14:paraId="7C3BC0C6" w14:textId="7900FB40" w:rsidR="0017604D" w:rsidRPr="00E87D93" w:rsidRDefault="0017604D" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:tab/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="1B5F6FF5" w14:textId="2AE2DF78" w:rsidR="0017604D" w:rsidRPr="00E87D93" w:rsidRDefault="0017604D" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00E87D93" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tālrunis, e pasts</w:t>
+      </w:r>
+      <w:r w:rsidR="00E87D93" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CA7A24" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+    <w:p w14:paraId="16CA7A24" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:rPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="70BC84C7" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                i e s n i e g u m s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70BC84C7" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0B3EADFF" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B3EADFF" w14:textId="02C77486" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Lūdzu reģistrēt man</w:t>
       </w:r>
-      <w:r w:rsidR="003B6EB4">
-[...6 lines deleted...]
-    <w:p w14:paraId="7EA5D218" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+      <w:r w:rsidR="0017604D" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6EB4" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dzīvokļu </w:t>
+      </w:r>
+      <w:r w:rsidR="003B6EB4" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>palīdzības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pieprasītāju reģistrā un piešķirt man dzīvokli :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA5D218" w14:textId="04A45A2C" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>___________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3A79E758" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A79E758" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71ACE1EC" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+    <w:p w14:paraId="71ACE1EC" w14:textId="3023F0E0" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1470"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:ind w:right="-199"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>____________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="10641B77" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38AABF02" w14:textId="6DDC7F43" w:rsidR="002D0650" w:rsidRPr="00E87D93" w:rsidRDefault="002D0650" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1470"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:ind w:right="-199"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6B7E5A1A" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10641B77" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1470"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:ind w:right="-199"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="69538849" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nor</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0650" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ādīt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D0650" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D0650" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> istabu skaits, labiekārtotības pakāpe</w:t>
+      </w:r>
+      <w:r w:rsidR="002A276F" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, apkures veids,</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0650" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īpašās vēlmes, ja tādas ir-atrašanās vietu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u.c.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207B63A7" w14:textId="77777777" w:rsidR="002D0650" w:rsidRPr="00E87D93" w:rsidRDefault="002D0650" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1470"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:ind w:right="-199"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="44A047A3" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28B559E1" w14:textId="335A2895" w:rsidR="002D0650" w:rsidRPr="00E87D93" w:rsidRDefault="002D0650" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1470"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:ind w:right="-199"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="53E9205D" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ᴏ Ģimenes locekļu skaits ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69538849" w14:textId="558AB953" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00687423" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1470"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:ind w:right="-199"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="318B7C0F" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ᴏ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apliecinu, ka ne man, ne maniem ģimenes locekļiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>īpašumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nav dzīvojamās platības.</w:t>
+      </w:r>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F796432" w14:textId="77777777" w:rsidR="0017604D" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1470"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:ind w:right="-199"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="4F2310FB" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Pielikumā</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0017604D" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0017604D" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pievienoju:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054C0C24" w14:textId="4E23FC16" w:rsidR="0017604D" w:rsidRPr="00E87D93" w:rsidRDefault="00687423" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1470"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:ind w:right="-199"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0F4F5C9B" w14:textId="2FB1EE7F" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ᴏ </w:t>
+      </w:r>
+      <w:r w:rsidR="0017604D" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Maksātspējas apliecinošs dokuments (darba vietas izziņa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD2BE87" w14:textId="4F70CB2E" w:rsidR="002A276F" w:rsidRPr="00E87D93" w:rsidRDefault="00687423" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1470"/>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-        <w:ind w:right="-199"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ᴏ </w:t>
+      </w:r>
+      <w:r w:rsidR="0017604D" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izziņa no </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0017604D" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Valsts Sociālās apdrošināšanas aģentūras</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0017604D" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="002A276F" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>VSAA</w:t>
+      </w:r>
+      <w:r w:rsidR="0017604D" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A047A3" w14:textId="3F0B2EE4" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00687423" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1470"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ᴏ </w:t>
+      </w:r>
+      <w:r w:rsidR="002A276F" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Cits maksātspējas apliecinošs dokuments</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0017604D" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00263FEA" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0005675E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2310FB" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1470"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D33DF19" w14:textId="20D9A9F9" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1470"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="007D73D5">
+      <w:r w:rsidR="007D73D5" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>_.gada ___________________</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="72A05D9A" w14:textId="77777777" w:rsidR="00263FEA" w:rsidRDefault="00263FEA" w:rsidP="00263FEA">
+      <w:r w:rsidR="002D0650" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E55DEBC" w14:textId="54C2D5D7" w:rsidR="00263FEA" w:rsidRPr="00E87D93" w:rsidRDefault="00263FEA" w:rsidP="00E87D93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
-      </w:pPr>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Paraksts:                     </w:t>
+        <w:ind w:right="-766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Paraksts:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00687423" w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F4ECC81" w14:textId="77777777" w:rsidR="002A75E1" w:rsidRDefault="002A75E1"/>
     <w:sectPr w:rsidR="002A75E1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00263FEA"/>
+    <w:rsid w:val="0005675E"/>
     <w:rsid w:val="00095F24"/>
+    <w:rsid w:val="0017604D"/>
     <w:rsid w:val="00263FEA"/>
+    <w:rsid w:val="002A276F"/>
     <w:rsid w:val="002A75E1"/>
+    <w:rsid w:val="002D0650"/>
     <w:rsid w:val="003B6EB4"/>
+    <w:rsid w:val="00482D9E"/>
+    <w:rsid w:val="00687423"/>
     <w:rsid w:val="007D73D5"/>
+    <w:rsid w:val="008B28BA"/>
+    <w:rsid w:val="00C25CB3"/>
     <w:rsid w:val="00D33CD7"/>
+    <w:rsid w:val="00E87D93"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7D1B91A3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6482B96F-3213-4DAE-8E03-E52C8749A69A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -893,118 +1497,144 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00263FEA"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C25CB3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C25CB3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="830369394">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1224,74 +1854,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\apasixtheditionofficeonline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AF9590F-445D-4290-BCA1-682F7BA7FE65}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>183</Words>
-  <Characters>1046</Characters>
+  <Words>1210</Words>
+  <Characters>691</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1227</CharactersWithSpaces>
+  <CharactersWithSpaces>1898</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Liga_M</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>